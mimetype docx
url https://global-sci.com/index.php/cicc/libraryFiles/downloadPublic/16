--- v0 (2026-02-26)
+++ v1 (2026-03-24)
@@ -1,6199 +1,3958 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7242501A" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="002D33CE">
+    <w:p w14:paraId="3889F6C3" w14:textId="31F53076" w:rsidR="000576D5" w:rsidRDefault="008E402B">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="31"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...11 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008E402B">
+        <w:rPr>
+          <w:rStyle w:val="MTEquationSection"/>
+        </w:rPr>
+        <w:instrText>Equation Chapter 1 Section 1</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="44"/>
-[...4 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ MTEqn \r \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ MTSec \r 1 \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ MTChap \r 1 \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002213A8" w:rsidRPr="002213A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Here is the Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F6C4" w14:textId="4C0D5D80" w:rsidR="000576D5" w:rsidRDefault="004821A6" w:rsidP="002F20E5">
+      <w:pPr>
+        <w:pStyle w:val="Author"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004821A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>John Doe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1,*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004821A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jane Smith</w:t>
+      </w:r>
+      <w:r w:rsidR="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1,2,*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00286623" w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Chemistry, Faculty of Arts and Sciences, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00286623" w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beĳing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00286623" w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normal University, Zhuhai 519087, China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BD09A1" w14:textId="58275309" w:rsidR="00286623" w:rsidRPr="00286623" w:rsidRDefault="00286623" w:rsidP="00286623">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">College of Chemistry, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beĳing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Normal University, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beĳing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00286623">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100875, China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F6C5" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corresponding authors: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxxx@xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3889F6C6" w14:textId="77777777" w:rsidR="000576D5" w:rsidRPr="004128CF" w:rsidRDefault="007D044B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Received: 20 Oct. 2026; Revision: 25 Oct. 2026; Accepted: 25 Dec. 2026; Online: 28 Dec. 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F6C7" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="000576D5">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:leftChars="100" w:left="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3889F6C8" w14:textId="6F06F4B6" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+      <w:pPr>
+        <w:pStyle w:val="AbstractTitle"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="221" w:line="276" w:lineRule="auto"/>
+        <w:ind w:leftChars="100" w:left="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract: </w:t>
+      </w:r>
+      <w:r w:rsidR="004128CF" w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The abstract should be a single paragraph that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004128CF" w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>summarises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004128CF" w:rsidRPr="004128CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the content of the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F6C9" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+      <w:pPr>
+        <w:spacing w:before="63" w:after="221" w:line="276" w:lineRule="auto"/>
+        <w:ind w:leftChars="100" w:left="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key words: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tunneling, semiclassical, rate theory, quantization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F6CA" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="000576D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:ind w:leftChars="100" w:left="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3889F6CB" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="000576D5">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:leftChars="100" w:left="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000576D5" w:rsidSect="00974089">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:footnotePr>
+            <w:numRestart w:val="eachSect"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:fmt="decimalFullWidth"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="introduction"/>
+    </w:p>
+    <w:p w14:paraId="04582DCD" w14:textId="77777777" w:rsidR="00697274" w:rsidRDefault="00697274" w:rsidP="00697274">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00697274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The main text of the article should appear here. The references</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00697274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be cited as </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17099" w:rsidRPr="00E17099">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1–8].</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="semiclassical-quantization"/>
+      <w:bookmarkStart w:id="2" w:name="challenges-raised-by-semiclassics"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="3889F6EB" w14:textId="279E70C0" w:rsidR="000576D5" w:rsidRPr="005E1E99" w:rsidRDefault="007B28AD" w:rsidP="00116408">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="100" w:firstLine="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B28AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The time-dependent Schrödinger equation is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5356F68F" w14:textId="45A76320" w:rsidR="005E1E99" w:rsidRDefault="002F79E7" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="MTDisplayEquation"/>
+        <w:ind w:leftChars="0" w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E33D17" w:rsidRPr="00E33D17">
+        <w:rPr>
+          <w:position w:val="-22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:object w:dxaOrig="1880" w:dyaOrig="560" w14:anchorId="07A6CF25">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:94.5pt;height:27.5pt" o:ole="">
+            <v:imagedata r:id="rId13" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834925868" r:id="rId14"/>
+        </w:object>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> MACROBUTTON MTPlaceRef \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ MTEqn \h \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText>(</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00116408" w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00116408" w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> SEQ MTSec \c \* Arabic \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00116408" w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText>1</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00116408" w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText>)</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000D48CD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFB15D1" w14:textId="22CDF253" w:rsidR="007B78DE" w:rsidRDefault="00FF2FF2" w:rsidP="00116408">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="100" w:firstLine="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All figures and tables must be mentioned in the text consecutively</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and numbered with Arabic numerals, such as Figure 1 or Table</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B9D7CE" w14:textId="6EFCACF2" w:rsidR="007B78DE" w:rsidRPr="007B78DE" w:rsidRDefault="007B78DE" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:spacing w:beforeLines="50" w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA779D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="42"/>
-[...3 lines deleted...]
-        <w:t>Here is the Title</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA779D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Each table must have a brief (one phrase or sentence) title that describes its contents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3B509A" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00405A55">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="4694" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1149"/>
+        <w:gridCol w:w="1286"/>
+        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="1222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00614C9B" w:rsidRPr="00CA779D" w14:paraId="051F844C" w14:textId="77777777" w:rsidTr="009436E9">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA76AAF" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Head 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>[a]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB4653D" w14:textId="4544109D" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Head </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1186" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9C8856" w14:textId="728394E9" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Head </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C272767" w14:textId="11A82F5F" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Head </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614C9B" w:rsidRPr="00CA779D" w14:paraId="07D3D375" w14:textId="77777777" w:rsidTr="009436E9">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2522FE0D" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A78F32B" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>[b]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1186" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D15862D" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC91FBF" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614C9B" w:rsidRPr="00CA779D" w14:paraId="6FDCD3B2" w14:textId="77777777" w:rsidTr="009436E9">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6463E6A6" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67946284" w14:textId="1927602D" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1186" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42945797" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF11C70" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614C9B" w:rsidRPr="00CA779D" w14:paraId="2E6FC5DE" w14:textId="77777777" w:rsidTr="009436E9">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27E3CD2B" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6942A85C" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1186" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D41C509" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F30CE87" w14:textId="77777777" w:rsidR="000B352C" w:rsidRPr="00CA779D" w:rsidRDefault="000B352C" w:rsidP="00614C9B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA779D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Column 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="61A323C1" w14:textId="66F5D921" w:rsidR="000C50B3" w:rsidRPr="000C50B3" w:rsidRDefault="00CA779D" w:rsidP="0012714C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA779D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[a] Table footnote. [b] Table footnote.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE0F3C6" w14:textId="43D89D4D" w:rsidR="002D43D7" w:rsidRDefault="00D77805" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
-[...304 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...893 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F62F5B5" wp14:editId="127911AD">
-[...18 lines deleted...]
-            <wp:docPr id="15" name="图片 15"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5392D905" wp14:editId="73C4B31E">
+            <wp:extent cx="2600325" cy="2400300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...1326 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 18"/>
+                    <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4381500" cy="2030451"/>
+                      <a:ext cx="2601604" cy="2401481"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FE31FA" w14:textId="77777777" w:rsidR="00023923" w:rsidRPr="009731AB" w:rsidRDefault="00742728" w:rsidP="009731AB">
+    <w:p w14:paraId="3154264E" w14:textId="348F8B31" w:rsidR="007411A5" w:rsidRDefault="007411A5" w:rsidP="00EF112C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007411A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figure 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007411A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Each figure must have a caption that includes the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007411A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure number and a brief description, preferably one or two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007411A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sentences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDD4059" w14:textId="3C5C88DA" w:rsidR="00E31854" w:rsidRDefault="00E31854" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31854">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453A1D70" w14:textId="406DAB74" w:rsidR="00BB0B6C" w:rsidRPr="006D417E" w:rsidRDefault="00BB0B6C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Here is the place to acknowledge people, organizations, and</w:t>
+      </w:r>
+      <w:r w:rsidR="0022131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>financing (you may state grant numbers and sponsors here).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351D5B23" w14:textId="03587091" w:rsidR="00E31854" w:rsidRDefault="00E31854" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31854">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Supporting information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681065F3" w14:textId="17FBB883" w:rsidR="006D417E" w:rsidRPr="006D417E" w:rsidRDefault="006D417E" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The online version contains supplementary material available at</w:t>
+      </w:r>
+      <w:r w:rsidR="0022131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>website xxx. A listing of the contents of each file supplied as</w:t>
+      </w:r>
+      <w:r w:rsidR="0022131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Supporting Information should be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6688B85C" w14:textId="563F1E19" w:rsidR="00E31854" w:rsidRDefault="00BB0B6C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Notes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A71A79" w14:textId="766906BC" w:rsidR="006D417E" w:rsidRPr="006D417E" w:rsidRDefault="006D417E" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The authors declare no competing financial interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889F746" w14:textId="007E93A7" w:rsidR="000576D5" w:rsidRDefault="00BB0B6C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="47D07D00" w14:textId="2603C328" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1] Berger M. J. and Colella P., Local adaptive mesh refinement</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009731AB" w:rsidRPr="009731AB">
-[...14 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for shock hydrodynamics, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Comput</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Phys.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1989),</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>62–84.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DEF006" w14:textId="4507D9A5" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[2] Tan Z. J., Tang T. and Zhang Z. R., A simple moving mesh</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>method for one- and two-dimensional phase-field equations,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Comput</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Appl. Math.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, To appear.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24E9243D" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00405A55">
+    <w:p w14:paraId="615DBCD6" w14:textId="0992EE04" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[3] McKechnie S., Frost J. M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pashov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Azarhoosh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walsh A. and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schilfgaarde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M., Dynamic symmetry breaking</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and spin splitting in metal halide perovskites, 2017, DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.48550/arXiv.1711.00533.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1513633F" w14:textId="65FB0EFC" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[4] de Boor C., Good approximation by splines with variable</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">knots II, In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A6178">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Springer Lecture Notes Series 363</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SpringerVerlag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Berlin, 1973.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3754AF31" w14:textId="248633F8" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[5] Tullius T. D., Supramolecular reactivity and transport:</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bioinorganic systems, In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A6178">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Comprehensive Supramolecular</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D" w:rsidRPr="002A6178">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A6178">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chemistry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Vol. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA42BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, (Eds. Atwood J. L., Davies J. E. D.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MacNicol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D. D., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vögtle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F. and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Suslick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. S.), Pergamon,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009731AB" w:rsidRPr="009731AB">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oxford, 1996, pp. 317–343.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...844 lines deleted...]
-    <w:p w14:paraId="0D3768C7" w14:textId="77777777" w:rsidR="00865C38" w:rsidRDefault="00865C38" w:rsidP="0078519A">
+    <w:p w14:paraId="744FC8D7" w14:textId="26CBC4E8" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLineChars="100" w:firstLine="184"/>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00705146">
-[...27 lines deleted...]
-        <w:t>] Table footnote.</w:t>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[6] Doe J., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A6178">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dataset title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Year, DOI: persistent identifier (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DOI).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BB54BD" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00023923" w:rsidP="009731AB">
+    <w:p w14:paraId="17011CAC" w14:textId="6EEDED22" w:rsidR="00A3087C" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="100" w:after="100" w:line="288" w:lineRule="auto"/>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">[7] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sheldrick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. M., SHELXS-96, program for the solution</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of crystal structures, University of Göttingen, Göttingen,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Germany, 1996.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2AAEA436" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00405A55">
+    <w:p w14:paraId="7BA53FA7" w14:textId="5EF068FF" w:rsidR="00681EE7" w:rsidRPr="00A3087C" w:rsidRDefault="00A3087C" w:rsidP="00EF112C">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="29"/>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Acknowledgments</w:t>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[8] Tullius T. D., Title of PhD thesis, University of Newcastle,</w:t>
+      </w:r>
+      <w:r w:rsidR="00493E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>UK, 1991.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DE8563" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00FD1613">
-[...1330 lines deleted...]
-      <w:docGrid w:linePitch="286"/>
+    <w:sectPr w:rsidR="00681EE7" w:rsidRPr="00A3087C" w:rsidSect="00974089">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footnotePr>
+        <w:numRestart w:val="eachSect"/>
+      </w:footnotePr>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="1417" w:right="851" w:bottom="1417" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimalFullWidth"/>
+      <w:cols w:num="2" w:space="425"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52D9C357" w14:textId="77777777" w:rsidR="003F72CD" w:rsidRDefault="003F72CD">
+    <w:p w14:paraId="490C73F8" w14:textId="77777777" w:rsidR="004D7371" w:rsidRDefault="004D7371">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C534B98" w14:textId="77777777" w:rsidR="003F72CD" w:rsidRDefault="003F72CD">
+    <w:p w14:paraId="4427312E" w14:textId="77777777" w:rsidR="004D7371" w:rsidRDefault="004D7371">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Helvetica Neue"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:altName w:val="DengXian"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Helvetica Neue"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="等线 Light">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:altName w:val="苹方-简"/>
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体">
-[...2 lines deleted...]
-    <w:charset w:val="86"/>
+  <w:font w:name="TeXGyreTermesX-Italic">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="等线 Light">
-[...1 lines deleted...]
-    <w:charset w:val="86"/>
+  <w:font w:name="TeXGyreTermesX-Regular">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="TeXGyreTermesX-Bold">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="65C67D15" w14:textId="77777777" w:rsidR="00023923" w:rsidRDefault="00405A55">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F74B" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="00DA42BB">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...174 lines deleted...]
-      <w:t>Press</w:t>
+      <w:pict w14:anchorId="3889F757">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s3075" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251660288;mso-wrap-style:none;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:page;mso-height-relative:page" filled="f" stroked="f">
+          <v:textbox style="mso-next-textbox:#_x0000_s3075;mso-fit-shape-to-text:t" inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w14:paraId="3889F75C" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+                <w:pPr>
+                  <w:pStyle w:val="aa"/>
+                </w:pPr>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r>
+                  <w:t>２</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="03880A06" w14:textId="77777777" w:rsidR="00543D48" w:rsidRDefault="00543D48">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F74C" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="00DA42BB">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="aa"/>
       <w:jc w:val="center"/>
-    </w:pPr>
-[...4 lines deleted...]
-      <w:spacing w:line="480" w:lineRule="auto"/>
       <w:rPr>
-        <w:lang w:eastAsia="zh-CN"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:pict w14:anchorId="3889F758">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s3074" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251659264;mso-wrap-style:none;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:page;mso-height-relative:page" filled="f" stroked="f">
+          <v:textbox style="mso-next-textbox:#_x0000_s3074;mso-fit-shape-to-text:t" inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w14:paraId="3889F75B" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+                <w:pPr>
+                  <w:pStyle w:val="aa"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:t>- 1 -</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F750" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="00DA42BB">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+    <w:r>
+      <w:pict w14:anchorId="3889F759">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s3073" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251661312;mso-wrap-style:none;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:page;mso-height-relative:page" filled="f" stroked="f">
+          <v:textbox style="mso-next-textbox:#_x0000_s3073;mso-fit-shape-to-text:t" inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w14:paraId="3889F75A" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+                <w:pPr>
+                  <w:pStyle w:val="aa"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:t>１</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79F4B965" w14:textId="77777777" w:rsidR="003F72CD" w:rsidRDefault="003F72CD">
+    <w:p w14:paraId="0C2F34CA" w14:textId="77777777" w:rsidR="004D7371" w:rsidRDefault="004D7371">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1616BEFA" w14:textId="77777777" w:rsidR="003F72CD" w:rsidRDefault="003F72CD">
+    <w:p w14:paraId="0FBA84DC" w14:textId="77777777" w:rsidR="004D7371" w:rsidRDefault="004D7371">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F749" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:pStyle w:val="a0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:left="9"/>
+      <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...57 lines deleted...]
-  <w:p w14:paraId="6CA6C7CA" w14:textId="77777777" w:rsidR="009109BD" w:rsidRDefault="009109BD">
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Commun</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Comput</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Chem</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="eastAsia"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.,</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Vol.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6, No.1, pp.1-12</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F74A" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...11 lines deleted...]
-      <w:ind w:left="9"/>
+      <w:pStyle w:val="a0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:left="10"/>
+      <w:jc w:val="both"/>
       <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
+        <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="18"/>
-[...26 lines deleted...]
-      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>doi:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
         <w:spacing w:val="12"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t>10.4208/cicc.20</w:t>
+      <w:t xml:space="preserve">10.4208/cicc.2024.v6.n1.1  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-FR" w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t>24</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:sz w:val="18"/>
-[...6 lines deleted...]
-      <w:rPr>
+        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:b/>
+        <w:bCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                            </w:t>
+      <w:t>Nov. 2024</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F74D" w14:textId="12395C3B" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Commun</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Comput</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. Chem., Vol. 1, No. 1, </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
-        <w:spacing w:val="-1"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-FR" w:eastAsia="zh-CN"/>
+        <w:lang w:bidi="ar"/>
       </w:rPr>
-      <w:t>Nov</w:t>
+      <w:t>1-</w:t>
+    </w:r>
+    <w:r w:rsidR="004B5635">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:spacing w:val="-1"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-FR"/>
+        <w:lang w:bidi="ar"/>
       </w:rPr>
-      <w:t>. 20</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F74E" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
-        <w:spacing w:val="-1"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-FR" w:eastAsia="zh-CN"/>
+        <w:lang w:bidi="ar"/>
       </w:rPr>
-      <w:t>24</w:t>
+      <w:t>doi</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: 10.4208/cicc.2026.xxx.xx </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F74F" w14:textId="3E9453B7" w:rsidR="000576D5" w:rsidRPr="0012714C" w:rsidRDefault="007F7A3F">
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0012714C">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Communication</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4C728865" w14:textId="77777777" w:rsidR="00D24750" w:rsidRDefault="00347493">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F751" w14:textId="42EE9D2C" w:rsidR="000576D5" w:rsidRPr="009F2CCD" w:rsidRDefault="009F2CCD">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00347493">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-        <w:lang w:eastAsia="zh-CN"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
       </w:rPr>
-      <w:t>Author Name etc / Commun. Comput. Chem., 6(2024), pp. 1-4</w:t>
+      <w:t xml:space="preserve">John Doe et al. / </w:t>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve"> </w:t>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="007D044B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Commun</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="007D044B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="007D044B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Comput</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="007D044B">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>. Chem., 2026, 1(1), 1-</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
-[...41 lines deleted...]
-        <w:rFonts w:eastAsia="宋体"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:eastAsia="zh-CN"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F752" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="000576D5">
+    <w:pPr>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F753" w14:textId="05F7878A" w:rsidR="000576D5" w:rsidRPr="00681EE7" w:rsidRDefault="00681EE7">
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Here</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> is the Title</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3889F754" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Commun</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Comput</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Italic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. Chem., Vol. 1, No. 1, </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">1-10 </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F755" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>doi</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: 10.4208/cicc.2026.xxx.xx </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3889F756" w14:textId="77777777" w:rsidR="000576D5" w:rsidRDefault="007D044B">
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="TeXGyreTermesX-Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:bidi="ar"/>
+      </w:rPr>
+      <w:t>Regular Article</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="ECC70829"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E3DE66D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="624"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27D64269"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="15B29342"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="331D5D76"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="331D5D76"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="[%1]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:ind w:left="850" w:hanging="453"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="631C7CDA"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DAD25C46"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="624"/>
+        </w:tabs>
+        <w:ind w:left="454" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="516578519">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="929464211">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1100417864">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="285701739">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="156"/>
-  <w:displayBackgroundShape/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:grammar="clean"/>
-  <w:defaultTabStop w:val="420"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="360"/>
+  <w:drawingGridVerticalSpacing w:val="360"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3079"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1,3"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:splitPgBreakAndParaMark/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00CE24EB"/>
-[...232 lines deleted...]
-    <w:rsid w:val="7FA96067"/>
+    <w:rsidRoot w:val="00172A27"/>
+    <w:rsid w:val="FFAD680B"/>
+    <w:rsid w:val="0002796B"/>
+    <w:rsid w:val="00046201"/>
+    <w:rsid w:val="00056D54"/>
+    <w:rsid w:val="000576D5"/>
+    <w:rsid w:val="000622FF"/>
+    <w:rsid w:val="000B00FB"/>
+    <w:rsid w:val="000B2E4B"/>
+    <w:rsid w:val="000B352C"/>
+    <w:rsid w:val="000C1DFB"/>
+    <w:rsid w:val="000C354A"/>
+    <w:rsid w:val="000C50B3"/>
+    <w:rsid w:val="000C698A"/>
+    <w:rsid w:val="000D3627"/>
+    <w:rsid w:val="000D48CD"/>
+    <w:rsid w:val="00116408"/>
+    <w:rsid w:val="0012714C"/>
+    <w:rsid w:val="00127C49"/>
+    <w:rsid w:val="00137F2F"/>
+    <w:rsid w:val="00172A27"/>
+    <w:rsid w:val="001820B5"/>
+    <w:rsid w:val="00191BC1"/>
+    <w:rsid w:val="001962C5"/>
+    <w:rsid w:val="001C477C"/>
+    <w:rsid w:val="001E5278"/>
+    <w:rsid w:val="00212061"/>
+    <w:rsid w:val="0022131B"/>
+    <w:rsid w:val="002213A8"/>
+    <w:rsid w:val="00234234"/>
+    <w:rsid w:val="0025176F"/>
+    <w:rsid w:val="002543BE"/>
+    <w:rsid w:val="00286623"/>
+    <w:rsid w:val="002A6178"/>
+    <w:rsid w:val="002D1257"/>
+    <w:rsid w:val="002D43D7"/>
+    <w:rsid w:val="002E2F51"/>
+    <w:rsid w:val="002F20E5"/>
+    <w:rsid w:val="002F79E7"/>
+    <w:rsid w:val="00330B93"/>
+    <w:rsid w:val="003565A3"/>
+    <w:rsid w:val="003816A3"/>
+    <w:rsid w:val="003A45E0"/>
+    <w:rsid w:val="003D1000"/>
+    <w:rsid w:val="003E642B"/>
+    <w:rsid w:val="003F5416"/>
+    <w:rsid w:val="00404AFF"/>
+    <w:rsid w:val="004128CF"/>
+    <w:rsid w:val="004821A6"/>
+    <w:rsid w:val="004832D2"/>
+    <w:rsid w:val="00493E6D"/>
+    <w:rsid w:val="004B0AC4"/>
+    <w:rsid w:val="004B5635"/>
+    <w:rsid w:val="004D19D7"/>
+    <w:rsid w:val="004D55AA"/>
+    <w:rsid w:val="004D7371"/>
+    <w:rsid w:val="00507A5D"/>
+    <w:rsid w:val="00551246"/>
+    <w:rsid w:val="00594561"/>
+    <w:rsid w:val="005E1E99"/>
+    <w:rsid w:val="006136C7"/>
+    <w:rsid w:val="00614C9B"/>
+    <w:rsid w:val="00620964"/>
+    <w:rsid w:val="00653451"/>
+    <w:rsid w:val="00657365"/>
+    <w:rsid w:val="00681EE7"/>
+    <w:rsid w:val="00697274"/>
+    <w:rsid w:val="006B6EA2"/>
+    <w:rsid w:val="006D417E"/>
+    <w:rsid w:val="00734819"/>
+    <w:rsid w:val="007411A5"/>
+    <w:rsid w:val="00790983"/>
+    <w:rsid w:val="007B28AD"/>
+    <w:rsid w:val="007B78DE"/>
+    <w:rsid w:val="007D044B"/>
+    <w:rsid w:val="007F7A3F"/>
+    <w:rsid w:val="0080375E"/>
+    <w:rsid w:val="008E402B"/>
+    <w:rsid w:val="00936F89"/>
+    <w:rsid w:val="009436E9"/>
+    <w:rsid w:val="00955A83"/>
+    <w:rsid w:val="009703C7"/>
+    <w:rsid w:val="00974089"/>
+    <w:rsid w:val="009D26E3"/>
+    <w:rsid w:val="009F2CCD"/>
+    <w:rsid w:val="00A3087C"/>
+    <w:rsid w:val="00A64B41"/>
+    <w:rsid w:val="00A73847"/>
+    <w:rsid w:val="00B058F0"/>
+    <w:rsid w:val="00B322D8"/>
+    <w:rsid w:val="00BB0B6C"/>
+    <w:rsid w:val="00BB5139"/>
+    <w:rsid w:val="00BD3C3B"/>
+    <w:rsid w:val="00C06129"/>
+    <w:rsid w:val="00CA779D"/>
+    <w:rsid w:val="00D24A22"/>
+    <w:rsid w:val="00D359D7"/>
+    <w:rsid w:val="00D739B7"/>
+    <w:rsid w:val="00D77805"/>
+    <w:rsid w:val="00D923BB"/>
+    <w:rsid w:val="00D96B95"/>
+    <w:rsid w:val="00DA42BB"/>
+    <w:rsid w:val="00DC1F63"/>
+    <w:rsid w:val="00DF1DC1"/>
+    <w:rsid w:val="00E024C3"/>
+    <w:rsid w:val="00E17099"/>
+    <w:rsid w:val="00E31854"/>
+    <w:rsid w:val="00E33D17"/>
+    <w:rsid w:val="00E4649C"/>
+    <w:rsid w:val="00E5444E"/>
+    <w:rsid w:val="00EC052D"/>
+    <w:rsid w:val="00ED1BD3"/>
+    <w:rsid w:val="00EE1A37"/>
+    <w:rsid w:val="00EF112C"/>
+    <w:rsid w:val="00EF49E2"/>
+    <w:rsid w:val="00F013DD"/>
+    <w:rsid w:val="00F0470A"/>
+    <w:rsid w:val="00F07F1D"/>
+    <w:rsid w:val="00FF2FF2"/>
+    <w:rsid w:val="046E6DDE"/>
+    <w:rsid w:val="1A1D699F"/>
+    <w:rsid w:val="1C913B5A"/>
+    <w:rsid w:val="1D807E56"/>
+    <w:rsid w:val="32AB2290"/>
+    <w:rsid w:val="40D71069"/>
+    <w:rsid w:val="459B1A0B"/>
+    <w:rsid w:val="5D9F33A9"/>
+    <w:rsid w:val="61513241"/>
+    <w:rsid w:val="61D90EB0"/>
+    <w:rsid w:val="6D657A01"/>
+    <w:rsid w:val="6F8F2165"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3079"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6A6D42EF"/>
+  <w14:docId w14:val="3889F6C3"/>
+  <w15:docId w15:val="{8C655BC4-6315-4DBC-8B5D-0CD5538B1B53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...50 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="footnote reference" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...9 lines deleted...]
-    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...28 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:qFormat="1"/>
+    <w:lsdException w:name="Block Text" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6339,431 +4098,1412 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:kinsoku w:val="0"/>
-[...4 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:snapToGrid w:val="0"/>
-[...6 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:semiHidden/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="180"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:next w:val="a0"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CB03E7"/>
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
-[...2 lines deleted...]
-  <w:style w:type="character" w:styleId="a9">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a4"/>
+    <w:rPr>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="正文文本 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="a4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
+    <w:name w:val="First Paragraph"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
+    <w:next w:val="a0"/>
+    <w:link w:val="FirstParagraph0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
+    <w:name w:val="Compact"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="36" w:after="36"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="标题 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="副标题 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
+    <w:name w:val="Author"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
+    <w:name w:val="Abstract Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="Abstract"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+    <w:name w:val="Abstract"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="100" w:after="300"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="书目1"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="标题 1 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="标题 2 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="标题 3 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="标题 4 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="标题 5 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="标题 6 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="标题 7 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="标题 8 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="标题 9 字符"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FootnoteBlockText">
+    <w:name w:val="Footnote Block Text"/>
+    <w:basedOn w:val="ae"/>
+    <w:next w:val="ae"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...5 lines deleted...]
-    <w:name w:val="Table Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Table Text"/>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:vAlign w:val="bottom"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
+    <w:name w:val="Definition Term"/>
     <w:basedOn w:val="a"/>
-    <w:semiHidden/>
-[...49 lines deleted...]
-    <w:semiHidden/>
+    <w:next w:val="Definition"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
+    <w:name w:val="Definition"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
+    <w:name w:val="Table Caption"/>
+    <w:basedOn w:val="a5"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImageCaption">
+    <w:name w:val="Image Caption"/>
+    <w:basedOn w:val="a5"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
+    <w:name w:val="Figure"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionedFigure">
+    <w:name w:val="Captioned Figure"/>
+    <w:basedOn w:val="Figure"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimChar">
+    <w:name w:val="Verbatim Char"/>
+    <w:basedOn w:val="a4"/>
+    <w:link w:val="SourceCode"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SourceCode">
+    <w:name w:val="Source Code"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:wordWrap w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionNumber">
+    <w:name w:val="Section Number"/>
+    <w:basedOn w:val="a4"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOC1">
+    <w:name w:val="TOC 标题1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a0"/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KeywordTok">
+    <w:name w:val="KeywordTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DataTypeTok">
+    <w:name w:val="DataTypeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="902000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DecValTok">
+    <w:name w:val="DecValTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BaseNTok">
+    <w:name w:val="BaseNTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FloatTok">
+    <w:name w:val="FloatTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ConstantTok">
+    <w:name w:val="ConstantTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="880000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharTok">
+    <w:name w:val="CharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialCharTok">
+    <w:name w:val="SpecialCharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StringTok">
+    <w:name w:val="StringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimStringTok">
+    <w:name w:val="VerbatimStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialStringTok">
+    <w:name w:val="SpecialStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BB6688"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ImportTok">
+    <w:name w:val="ImportTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTok">
+    <w:name w:val="CommentTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentationTok">
+    <w:name w:val="DocumentationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="BA2121"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnnotationTok">
+    <w:name w:val="AnnotationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentVarTok">
+    <w:name w:val="CommentVarTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OtherTok">
+    <w:name w:val="OtherTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FunctionTok">
+    <w:name w:val="FunctionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="06287E"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VariableTok">
+    <w:name w:val="VariableTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="19177C"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ControlFlowTok">
+    <w:name w:val="ControlFlowTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OperatorTok">
+    <w:name w:val="OperatorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BuiltInTok">
+    <w:name w:val="BuiltInTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExtensionTok">
+    <w:name w:val="ExtensionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PreprocessorTok">
+    <w:name w:val="PreprocessorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BC7A00"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AttributeTok">
+    <w:name w:val="AttributeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="7D9029"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RegionMarkerTok">
+    <w:name w:val="RegionMarkerTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InformationTok">
+    <w:name w:val="InformationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WarningTok">
+    <w:name w:val="WarningTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
+    <w:name w:val="AlertTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
+    <w:name w:val="ErrorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
+    <w:name w:val="NormalTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MTEquationSection">
+    <w:name w:val="MTEquationSection"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="008E402B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:vanish/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MTDisplayEquation">
+    <w:name w:val="MTDisplayEquation"/>
+    <w:basedOn w:val="FirstParagraph"/>
+    <w:next w:val="a"/>
+    <w:link w:val="MTDisplayEquation0"/>
+    <w:rsid w:val="008E402B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="2600"/>
+        <w:tab w:val="right" w:pos="4940"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:ind w:leftChars="100" w:left="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FirstParagraph0">
+    <w:name w:val="First Paragraph 字符"/>
+    <w:basedOn w:val="a4"/>
+    <w:link w:val="FirstParagraph"/>
+    <w:rsid w:val="008E402B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquation0">
+    <w:name w:val="MTDisplayEquation 字符"/>
+    <w:basedOn w:val="FirstParagraph0"/>
+    <w:link w:val="MTDisplayEquation"/>
+    <w:rsid w:val="008E402B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1516192500">
+    <w:div w:id="87847100">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="594090787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="540288008">
+        <w:div w:id="453595906">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="158470092">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
-        <w:div w:id="1385332278">
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="890338845">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1249802716">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2067683049">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="859049738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
-        <w:div w:id="461582067">
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1414936274">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="410738960">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="668218349">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
-        <w:div w:id="1008873846">
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1639265504">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="59210132">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-        </w:div>
-[...34 lines deleted...]
-          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="573975205">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.global-sci.org/cicc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="等线 Light"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="等线"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6905,105 +5645,111 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
-    <customSectPr/>
   </customSectProps>
   <customShpExts>
-    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
-[...13 lines deleted...]
-    <customShpInfo spid="_x0000_s2052"/>
+    <customShpInfo spid="_x0000_s4098" textRotate="1"/>
+    <customShpInfo spid="_x0000_s4099" textRotate="1"/>
+    <customShpInfo spid="_x0000_s4097" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{374e17f4-cf11-4ce2-b3ef-5de76bf4ce41}" enabled="0" method="" siteId="{374e17f4-cf11-4ce2-b3ef-5de76bf4ce41}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>COMMUNICATION-2026A.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2311</Characters>
+  <Pages>2</Pages>
+  <Words>456</Words>
+  <Characters>2605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2711</CharactersWithSpaces>
+  <CharactersWithSpaces>3055</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>famil</dc:creator>
+  <dc:title>A century of semiclassics - tunneling and quantization </dc:title>
+  <dc:creator>E.Pollak^1 \\ ^1Chemical and Biological Physics Department, Weizmann Institute of Science, Rehovoth-76100-Israel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CRO">
-    <vt:lpwstr>wqlLaW5nc29mdCBQREYgdG8gV1BTIDEwMA</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="abstract">
+    <vt:lpwstr>Two quantum effects have had a big impact on Chemistry. Arguably the most important one is the quantization of vib-rotational energy levels, an effect which challenges classical mechanics computations of molecular dynamics and is at the basis of molecular spectroscopy. The second is quantum tunneling which is especially important when considering light atoms transfer, especially hydrogen atoms and proton transfer. Tunneling was reported for the first time by Hund in 1927 in his paper which was submitted on Nov. 19, 1926. The quantization of energy levels was one of the major building blocks of the new quantum theory, the semiclassical quantization condition was formulated in the summer of 1927 by Brillouin, Wentzel and Kramers. In retrospect, a century later, we have learned much about the two effects, yet surprisingly, the giants who discovered and formulated the relevant semiclassical theories left us with some challenges. Some of these have been answered during the past five years and these are the main emphasis of this review, which is not a review of 100 years of semiclassics, a project which calls for books, rather than short review articles. At the same time, we point out some remaining challenges which have not been answered, and which demonstrate, that there is always something new to learn even when considering well established theories.</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
-    <vt:filetime>2024-07-02T21:19:05Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="date">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.16929</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiOTExNWFhMjZhMWNlZGJiYzllZTc4MmQwZTExZDNlZGQiLCJ1c2VySWQiOiIyMzQwNzM2ODgifQ==</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ICV">
-    <vt:lpwstr>9FD013ED29D44906B945213C7C5781A1_12</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.25201.25201</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="GrammarlyDocumentId">
-    <vt:lpwstr>c81d8a5b-a1c4-4d23-8368-2afd59155c9f</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ICV">
+    <vt:lpwstr>439BDB280CAF4316B12006332465E1B4_12</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MTWinEqns">
+    <vt:bool>true</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MTEquationSection">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MTEquationNumber2">
+    <vt:lpwstr>(#S1)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MTCustomEquationNumber">
+    <vt:lpwstr>1</vt:lpwstr>
   </property>
 </Properties>
 </file>